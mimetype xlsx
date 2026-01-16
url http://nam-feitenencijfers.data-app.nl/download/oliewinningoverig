--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R40c14b17516845db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R345b1f3f50fa4905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Oliewinning" sheetId="1" r:id="R91b8069a2afc4ef2"/>
+    <sheet name="Oliewinning" sheetId="1" r:id="R68aeed1a21c64a35"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <si>
     <t>Provincie</t>
   </si>
   <si>
     <t>Put</t>
   </si>
   <si>
     <t>Maand</t>
   </si>
   <si>
     <t>Productie in miljoen Sm³</t>
   </si>
   <si>
     <t>Drenthe</t>
   </si>
   <si>
     <t>SCHOONEBEEK-1000 - SCHOONEBEEK</t>
   </si>
   <si>
@@ -151,51 +151,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" borderId="1" xfId="0"/>
     <xf numFmtId="164" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R91b8069a2afc4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R47e41e475bc24b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R6452e9dcf1bd40f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R68aeed1a21c64a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R363e12eecb7c49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R04959eaf824947b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D1599"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.6193552017212" customWidth="1"/>
     <col min="2" max="2" width="45.9446792602539" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="23.4976081848145" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>